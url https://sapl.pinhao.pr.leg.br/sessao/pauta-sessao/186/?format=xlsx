--- v0 (2025-10-17)
+++ v1 (2026-03-16)
@@ -45,69 +45,69 @@
   <si>
     <t>Autor</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>Situação</t>
   </si>
   <si>
     <t>ordem dia</t>
   </si>
   <si>
     <t>Requerimento nº 9 de 2025</t>
   </si>
   <si>
     <t>Alain,Aroldo,Edson A.,Edson F.,Jair,Josiel,João,Luciano,Marcio,Solange,Varella,Vilma,Vinícius</t>
   </si>
   <si>
     <t>REQUEREM a tramitação em regime de urgência para o ANTEPROJETO DE LEI N.º 1.334/2025, que autoriza a Concessão de Subvenções Sociais, Auxílios e Contribuições às Entidades sem Fins Lucrativos com sede no Município de Pinhão, e dá outras providências.</t>
   </si>
   <si>
     <t>Não informada</t>
   </si>
   <si>
-    <t>Anteprojeto de Lei nº 1334 de 2025</t>
+    <t>Projeto de Lei nº 1334 de 2025</t>
   </si>
   <si>
     <t>Poder Executivo - PE</t>
   </si>
   <si>
     <t>Autoriza a Concessão de Subvenções Sociais, Auxílios e Contribuições às Entidades sem Fins Lucrativos com sede no Município de Pinhão, e dá outras providências.</t>
   </si>
   <si>
     <t>Proposição apresentada em Plenário</t>
   </si>
   <si>
     <t>Requerimento nº 10 de 2025</t>
   </si>
   <si>
     <t>REQUEREM, após ouvido o Plenário, a tramitação em REGIME DE URGÊNCIA ESPECIAL para o ANTEPROJETO DE LEI N.º 1.333/2025, que autoriza o Executivo Municipal a adquirir imóvel urbano para fins de desapropriação amigável e/ou judicial e dá outras providências.</t>
   </si>
   <si>
-    <t>Anteprojeto de Lei nº 1333 de 2025</t>
+    <t>Projeto de Lei nº 1333 de 2025</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a adquirir imóvel urbano para fins de desapropriação amigável e/ou judicial e dá outras providências.</t>
   </si>
   <si>
     <t>expediente</t>
   </si>
   <si>
     <t>Indicação nº 85 de 2025</t>
   </si>
   <si>
     <t>Aroldo</t>
   </si>
   <si>
     <t>Que seja feito um estudo sobre a implantação de um alojamento(abrigo), para os funcionários (os que fazem manutenção nas estradas do interior do município) da secretaria de infraestrutura.</t>
   </si>
   <si>
     <t>Indicação nº 86 de 2025</t>
   </si>
   <si>
     <t>Josiel</t>
   </si>
   <si>
     <t>Que seja feito a pintura das faixas de pedestre e de estacionamento, e a colocação de placas de sinalização na Travessa Antonio Pires, que liga a Avenida Trifon Hanysz à Rua Sete de Setembro.</t>
   </si>
@@ -491,51 +491,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:F18"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="5" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="11.28515625" bestFit="1" customWidth="1"/>
-    <col min="3" max="3" width="31.85546875" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="27.5703125" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="84.140625" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="235.140625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="33.85546875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>