--- v0 (2025-10-12)
+++ v1 (2026-03-16)
@@ -45,121 +45,121 @@
   <si>
     <t>Autor</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>Situação</t>
   </si>
   <si>
     <t>ordem dia</t>
   </si>
   <si>
     <t>Requerimento nº 10 de 2023</t>
   </si>
   <si>
     <t>Israel</t>
   </si>
   <si>
     <t>Requerem a tramitação em regime de urgência especial para o ANTEPROJETO DE LEI N.º 1.207/2023 e PROJETO DE LEI DO LEGISLATIVO N.º 07/2023.</t>
   </si>
   <si>
     <t>Não informada</t>
   </si>
   <si>
-    <t>Anteprojeto de Lei nº 1207 de 2023</t>
+    <t>Projeto de Lei nº 1207 de 2023</t>
   </si>
   <si>
     <t>Poder Executivo - PE</t>
   </si>
   <si>
     <t>Altera o disposto na Lei Municipal n.º 1.902/2015, de 17/03/2015, que altera as Leis Municipais 1.451/2009 que estabelece o Plano de Cargo e Salários dos Servidores Públicos Municipais e 1.718/2012, que dispõe sobre o Estatuto do Magistério Público Municipal, seu Plano de Carreira, e dá outras providências.</t>
   </si>
   <si>
     <t>Proposição apresentada em Plenário</t>
   </si>
   <si>
     <t>Projeto de Lei do Legislativo nº 7 de 2023</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Programa de Capacitação e institui políticas públicas de forma integrada na proteção e ampliação de direitos das pessoas com_x000D_
 Transtorno do Espectro Autista – TEA no âmbito do Município de Pinhão Paraná.</t>
   </si>
   <si>
     <t>Requerimento nº 8 de 2023</t>
   </si>
   <si>
     <t>Cleverson,Edson F.,Elias,Israel,Jean,Luiz,Pedro,Vinícius</t>
   </si>
   <si>
     <t>REQUEREM, após ouvido o Plenário, a constituição de uma CEI - COMISSÃO ESPECIAL DE INQUÉRITO – composta por 5 (cinco) Vereadores, com o objetivo de investigar o contrato entre o Município e a Coopresere (Cooperativa de Prestação de Serviços), contratada via Dispensa de Licitação n.º 42/2022, Contrato n.º 68/2022, e esclarecer a denúncia protocolada na secretaria desta Casa de Leis, em 05 de abril de 2023, sob número 009361-2/2 e outros documentos entregue aos Vereadores, ainda de possível interferência política na gestão do aterro sanitário, pagamento indevido pela Coopresere a pessoas que trabalham em setores alheio ao objeto do contrato, depósito e recebimento de valores por terceiros de forma indevida, falta de pagamento aos trabalhadores, falta de registro na CTPS, além de trabalho em condições precárias de segurança, higiene e saúde. Possíveis crimes ambientais cometidos com a anuência do Poder Púbico.</t>
   </si>
   <si>
     <t>Proposição inclusa na Ordem do Dia</t>
   </si>
   <si>
     <t>Requerimento nº 9 de 2023</t>
   </si>
   <si>
     <t>Israel,Cleverson,Edson A.,Edson F.,Elias,Jean,Luiz,Pedro,Vinícius</t>
   </si>
   <si>
     <t>REQUEREM, após ouvido o Plenário, a constituição de uma COMISSÃO ESPECIAL com o objetivo de acompanhar as Associações dos Povos Faxinalenses em seus próximos pleitos, em especial sobre o estudo para implantação de Escolas Municipais nas áreas de faxinais, conforme encaminhamentos na Audiência Pública realizada em 30/03/2023, no Plenário da Câmara Municipal.</t>
   </si>
   <si>
-    <t>Anteprojeto de Lei nº 1203 de 2023</t>
+    <t>Projeto de Lei nº 1203 de 2023</t>
   </si>
   <si>
     <t>Cria o cargo de Professor de Apoio Educacional Especializado (PAEE) e dá outras providências.</t>
   </si>
   <si>
     <t>Projeto de Lei do Legislativo nº 4 de 2023</t>
   </si>
   <si>
     <t>Vinícius,Elias,Luiz,Luzyanna,Pedro</t>
   </si>
   <si>
     <t>Concede o Título de Cidadã Honorária de Pinhão à Ilustríssima Sr.ª CLICIA MARIA ROQUETTO SILVA.</t>
   </si>
   <si>
     <t>Projeto de Lei do Legislativo nº 5 de 2023</t>
   </si>
   <si>
     <t>Concede o Título de Cidadã Honorária de Pinhão à Ilustríssima Sr.ª ISABEL CRISTINA RAUEN SILVESTRI.</t>
   </si>
   <si>
     <t>Projeto de Lei do Legislativo nº 3 de 2023</t>
   </si>
   <si>
     <t>Dispõe sobre a adequação da remuneração mínima da Classe Docente do Quadro do Magistério da Educação Básica ao Piso Salarial Profissional Nacional do Magistério Público da Educação Básica, altera as Leis n.ºs 1.718/2012 e  1.975/2017, e dá outras providências correlatas.</t>
   </si>
   <si>
     <t>expediente</t>
   </si>
   <si>
-    <t>Anteprojeto de Lei nº 1208 de 2023</t>
+    <t>Projeto de Lei nº 1208 de 2023</t>
   </si>
   <si>
     <t>Cria Secretaria Municipal da Mulher - SMM, adequa a estrutura administrativa da Prefeitura Municipal de Pinhão e dá outras providências.</t>
   </si>
   <si>
     <t>Emenda nº 2 de 2023</t>
   </si>
   <si>
     <t>MODIFICATIVA – ao Projeto de Lei do Legislativo n.º 03/2023, que dispõe sobre a adequação da remuneração mínima da Classe Docente do Quadro do Magistério da Educação Básica ao Piso Salarial Profissional Nacional do Magistério Público da Educação Básica, altera as Leis n.ºs 1.718/2012 e 1.975/2017, e dá outras providências correlatas.</t>
   </si>
   <si>
     <t>Indicação nº 759 de 2023</t>
   </si>
   <si>
     <t>Cleverson</t>
   </si>
   <si>
     <t>Solicito que seja feito um patrolamento com reposição de cascalho e rolo, na Rua pavão até o final da rua, dando acesso a Rua das garças, no Bairro Água Verde.</t>
   </si>
   <si>
     <t>Indicação nº 760 de 2023</t>
   </si>
   <si>
     <t>Solicito que seja feito um patrolamento com reposição de cascalho, em Faxinal dos Silvério nas estradas do Laranjal, e um galho de estrada que dá acesso a propriedade da saudosa dona Ermínia bartle, que são linhas escolares e que ao redor da comunidade se encontra vários moradores até mesmo idosos com problema de saúdes.</t>
   </si>